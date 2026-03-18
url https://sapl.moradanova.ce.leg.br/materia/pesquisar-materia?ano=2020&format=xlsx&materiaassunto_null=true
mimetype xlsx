--- v0 (2026-01-31)
+++ v1 (2026-03-18)
@@ -54,1200 +54,1200 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>BIA MARTINS</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/</t>
   </si>
   <si>
     <t>REQUER da SESA-MN, a cessão de 02 (dois) servidores públicos, sendo um auxiliar de serviços gerais e um vigia para laborarem na UBS da Comunidade de Lagoa das Carnaúbas, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>REQUER da SESA-MN, a designação de um Fisioterapeuta para atender pacientes da Comunidade de Lagoa das Carnaúbas, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>RONALD</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/19/requerimento_03_-_04.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/19/requerimento_03_-_04.pdf</t>
   </si>
   <si>
     <t>REQUER da SEDUC-MN, a construção da cobertura e a instalação de luminárias na quadra de esportes localizada na Esc. Educ. Bás. Benevenuto Lino_x000D_
 do Nascimento – Sede da Comunidade de Patos – Distrito de Aruaru, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/20/requerimento_03_-_04.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/20/requerimento_03_-_04.pdf</t>
   </si>
   <si>
     <t>REQUER envio de votos de aplauso, elogio ou semelhante a Sra. LILIANE ANASTÁCIO DE FREITAS, na forma que indica.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>MARQUINHOS VIANA</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/21/requerimento_05_-15.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/21/requerimento_05_-15.pdf</t>
   </si>
   <si>
     <t>REQUER do Diretor Geral do HRFGO, que envie a escala de médicos plantonistas acompanhado com suas respectivas especialidades, na forma que indica.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/22/requerimento_05_-15.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/22/requerimento_05_-15.pdf</t>
   </si>
   <si>
     <t>REQUER do Diretor Técnico/Clínico do HRFGO, que envie a escala de médicos plantonistas acompanhado com suas respectivas especialidades, na forma que indica.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/23/requerimento_05_-15.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/23/requerimento_05_-15.pdf</t>
   </si>
   <si>
     <t>REQUER do Exmo. Sr. Prefeito de M. Nova-Ce., a implantação da Guarda Municipal, na forma que indica.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/24/requerimento_05_-15.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/24/requerimento_05_-15.pdf</t>
   </si>
   <si>
     <t>REQUER do Presidente da AMT de M. Nova-Ce., estudo técnico visando a implantação de redutores de velocidade (lombadas) na Comunidade de Lagoa do Tapúio e na Sede do Distrito de Juazeiro, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/25/requerimento_05_-15.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/25/requerimento_05_-15.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA de M. Nova-Ce., a colocação de redutores de velocidade (lombadas) na Comunidade de Lagoa do Tapúio e na Sede do Distrito de Juazeiro, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>NETO DA SINUCA</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/26/requerimento_05_-15.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/26/requerimento_05_-15.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA de M. Nova-Ce., a realização de serviço de capina e a limpeza completa no entorno da Unidade Bás. de Saúde – Fco. Márcio de Freitas Cte., localizada no Bairro Vazantes, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/27/requerimento_05_-15.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/27/requerimento_05_-15.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA de M. NovaCe., a recuperação da Rua Maria Bezerra de Andrade, localizada no Bairro Vazantes, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/28/requerimento_05_-15.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/28/requerimento_05_-15.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA de M. NovaCe., a pavimentação com paralelepípedos da Rua José de Souza Martins, localizada no Bairro São José, Sede Urbana deste Município, na forma que indica.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/29/requerimento_05_-15.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/29/requerimento_05_-15.pdf</t>
   </si>
   <si>
     <t>REQUER da SESA de M. Nova-Ce., a instalação de ventiladores nas dependências da Unidade Bás. de Saúde – Fco. Márcio de Freitas Cte., localizada no Bairro Vazantes, bem como o reparo de um vazamento na caixa d’água da mesma UBS, na forma que indica.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/30/requerimento_05_-15.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/30/requerimento_05_-15.pdf</t>
   </si>
   <si>
     <t>REQUER do IMAMN, a instalação de ventiladores nas dependências da Sede do COMDEMA de Morada NovaCE., na forma que indica.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>JEOVAN BARBOSA</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/31/requerimento_05_-15.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/31/requerimento_05_-15.pdf</t>
   </si>
   <si>
     <t>REQUER do Presidente da AMT de M. Nova-Ce., a colocação da sinalização vertical e a pintura de 02 (dois) redutores de velocidade (lombadas), localizadas na Rua 18 de Novembro (conhecida por Rua Luiz Silva), localizada ao lado da Praça Matriz na Sede do Distrito de Aruaru, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/32/requerimento_16_-_23.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/32/requerimento_16_-_23.pdf</t>
   </si>
   <si>
     <t>REQUER do Exmo. Sr. Prefeito de M. Nova-Ce., que determine a Secretaria competente para que inclua na rota do carro de coleta de lixo, as demais comunidades do Distrito de Aruaru que não são contempladas com esse serviço, na forma que indica.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/33/requerimento_16_-_23.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/33/requerimento_16_-_23.pdf</t>
   </si>
   <si>
     <t>REQUER do Exmo. Sr. Prefeito de M. Nova-Ce., a construção de uma passagem molhada na Rua Francisco Angelo (próximo a Comunidade de Pajeú) - Sede do Distrito de Aruaru, neste município, na forma que indica.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/34/requerimento_16_-_23.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/34/requerimento_16_-_23.pdf</t>
   </si>
   <si>
     <t>REQUER do Exmo. Sr. Prefeito de M. Nova-Ce., determinação à Secretaria competente para que realize uma limpeza completa no entorno do Açude da Prefeitura (próximo a Vila São Vicente) e às margens do Rio Pirangi, ambos locais situados no Distrito de Aruaru, neste município, na forma que indica.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/35/requerimento_16_-_23.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/35/requerimento_16_-_23.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a realização de uma limpeza completa no entorno do Açude da Prefeitura (próximo a Vila São Vicente) e às margens do Rio_x000D_
 Pirangi, ambos locais situados no Distrito de Aruaru, neste município, na forma que indica.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/36/requerimento_16_-_23.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/36/requerimento_16_-_23.pdf</t>
   </si>
   <si>
     <t>REQUER do Setor de ZoonosesMN, a apreensão de animais soltos nas vias públicas da Sede do Distrito de Aruaru, neste município, na forma que indica.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/37/requerimento_16_-_23.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/37/requerimento_16_-_23.pdf</t>
   </si>
   <si>
     <t>REQUER do IMAMN, a colocação de placas de advertência para inibir que lixo continue sendo depositado no entorno do Açude da Prefeitura (próximo a Vila São Vicente) e às margens do Rio Pirangi, ambos locais situados no Distrito de Aruaru, neste município, na forma que indica.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/38/requerimento_16_-_23.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/38/requerimento_16_-_23.pdf</t>
   </si>
   <si>
     <t>REQUER da SEFIN-MN, cópia do orçamento (gastos) destinado para a realização do Carnaval de 2020 no município de Morada Nova (CE), na forma que indica.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/39/requerimento_16_-_23.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/39/requerimento_16_-_23.pdf</t>
   </si>
   <si>
     <t>REQUER do SAAE-MN, a recuperação de um vazamento na tubulação de água que passa na Av. Francisco Abreu, Bairro Irapuã Nobre, Sede Urbana do município de Morada Nova (CE), na forma que indica.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/40/requerimento_24.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/40/requerimento_24.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, substituição da tubulação e a limpeza das caixas de esgoto localizada na Rua Maria de Lourdes Terceiro Chagas – Bairro 02 de_x000D_
 Agosto, Sede Urbana deste Município, na forma que indica.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/52/requerimento_25_-_35.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/52/requerimento_25_-_35.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a realização de serviços de tapa buracos e a remoção de entulho e lixo em toda a extensão da Av. Prefeito Raimundo José Rabelo – antiga Av. Santos Dumont, Sede Urbana deste Município, na forma que indica.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/51/requerimento_25_-_35.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/51/requerimento_25_-_35.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a colocação de tampas nas caixas de esgotos instaladas ao longo da Av. Ivo Freire de Brito no Bairro Divino Espírito Santo (PROURB), Sede Urbana deste Município, na forma que indica.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/50/requerimento_25_-_35.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/50/requerimento_25_-_35.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a remoção de lixo e entulho na Rua Joaquim Chagas Filho (próximo ao canal que corta a referida rua), no Bairro 02 de Agosto, Sede Urbana deste Município, na forma que indica.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/49/requerimento_25_-_35.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/49/requerimento_25_-_35.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a recuperação da pavimentação (calçamento) ao longo de toda extensão da Rua Maria de Lourdes Terceiro Chagas, no Bairro 02 de Agosto, Sede Urbana deste Município, na forma que indica.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/48/requerimento_25_-_35.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/48/requerimento_25_-_35.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a substituição da tubulação de esgoto no cruzamento entre as Ruas Maria de Lourdes Terceiro Chagas e Jacinto Cruz, no Bairro 02 de Agosto, Sede Urbana deste Município, na forma que indica.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/47/requerimento_25_-_35.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/47/requerimento_25_-_35.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a recuperação visando a ampliação do bueiro localizado no cruzamento entre as Ruas Raul Nogueira e Paulo Sarasate, no Bairro 02 de Agosto, Sede Urbana deste Município, na forma que indica.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/46/requerimento_25_-_35.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/46/requerimento_25_-_35.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a instalação da rede de esgoto ao longo da Rua Francisco Guerreiro Raulino, localizada no Alto Tiradentes, Sede Urbana deste_x000D_
 Município, na forma que indica.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/45/requerimento_25_-_35.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/45/requerimento_25_-_35.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a construção de dois redutores de velocidade (lombada), sendo um na Rua José Francisco Sampaio (próximo ao templo_x000D_
 central da igreja Assembléia de Deus) e outro na Rua Raimundo José (próximo a igreja Assembléia de Deus Bela Vista), - Sede do Distrito de Aruaru,_x000D_
 neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/44/requerimento_25_-_35.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/44/requerimento_25_-_35.pdf</t>
   </si>
   <si>
     <t>REQUER da SEDUC-MN, cópias dos projetos de reforma das seguintes Escolas Educ. Básica: Tancredo de Almeida Neves, Dep. Francisco Andrade Teófilo Girão, Profª Ana Clara Andrade Nantua Bento, todas localizadas na Sede Urbana deste Município, na forma que indica.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/43/requerimento_25_-_35.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/43/requerimento_25_-_35.pdf</t>
   </si>
   <si>
     <t>REQUER da SEDUC-MN, a limpeza e retirada de entulho na antiga Creche Sossego da Mamãe – atual anexo da Escola de Educ. Bás. Tancredo de Almeida Neves, localizada no Bairro Divino Espírito Santo - Sede Urbana deste Município, na forma que indica.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/42/requerimento_25_-_35.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/42/requerimento_25_-_35.pdf</t>
   </si>
   <si>
     <t>REQUER do Diretor Geral do HRFGO, que envie a relação de todas as cirurgias eletivas realizadas em pacientes residentes no Município de Morada Nova(CE)., de janeiro/2017 até a presente data, na forma que indica.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>MARQUINHOS DA ANA</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/41/requerimento_36.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/41/requerimento_36.pdf</t>
   </si>
   <si>
     <t>REQUER do Presidente da AMT de M. Nova-Ce., que sejam modificadas as lombadas localizadas próximas a Igreja Matriz do Divino Esp. Santo, mais precisamente na Rua Benício Chagas e na Rua Cel. José Ambrósio, na Sede Urbana deste Município, na forma que indica.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/53/requerimento_37_-_46.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/53/requerimento_37_-_46.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a limpeza (retirada de areia) na Rua Luis Silva (ao lado da Praça Pública), localizada na Sede do Distrito de Aruaru, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/54/requerimento_37_-_46.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/54/requerimento_37_-_46.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a construção de 03 (três) calçadões a saber: um na Rua Raimundo José (ao lado da Escola de Educ. Bás. Joana Paula de Morais),_x000D_
 um ao lado da Praça Pública e outro na Rua/Travessa Luis Anastácio (ao lado do Mercado do Peixe), Sede do Distrito de Aruaru, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/55/requerimento_37_-_46.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/55/requerimento_37_-_46.pdf</t>
   </si>
   <si>
     <t>REQUER do Exmo. Sr. Prefeito de M. Nova-Ce., a liberação de recursos para a construção de 03 (três) calçadões a saber: um na Rua Raimundo José (ao_x000D_
 lado da Escola de Educ. Bás. Joana Paula de Morais), um ao lado da Praça Pública e outro na Rua/Travessa Luis Anastácio (ao lado do Mercado do_x000D_
 Peixe), Sede do Distrito de Aruaru, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/56/requerimento_37_-_46.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/56/requerimento_37_-_46.pdf</t>
   </si>
   <si>
     <t>REQUER do Exmo. Sr. Prefeito de M. Nova-Ce., a construção de 02 (duas) Academias de Ginástica ao ar livre, sendo 01 (uma) na Praça Pública da Sede do Distrito de Aruaru e outra na Praça Pública da Comunidade de Patos, ambas no Distrito de Aruaru, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/57/requerimento_37_-_46.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/57/requerimento_37_-_46.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a aquisição de uma nova roçadeira de maior potência para a equipe de limpeza da Sede do Distrito de Aruaru, neste  Município, na forma que indica.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/58/requerimento_37_-_46.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/58/requerimento_37_-_46.pdf</t>
   </si>
   <si>
     <t>REQUER da SEDUC-MN, a retomada imediata das aulas para as crianças de 2 a 5 anos na Creche Maria Nadir Barbosa, localizada na Sede do Distrito de Aruaru neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/59/requerimento_37_-_46.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/59/requerimento_37_-_46.pdf</t>
   </si>
   <si>
     <t>REQUER da SEJUV-MN, celeridade das obras de reforma do Estádio de Futebol localizado na Sede do Distrito de Aruaru, neste Município, e consequentemente, a conclusão das mesmas, na forma que indica.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/60/requerimento_37_-_46.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/60/requerimento_37_-_46.pdf</t>
   </si>
   <si>
     <t>REQUER do IMAMN, que envie a Prestação de Contas referente aos veículos que prestam serviços a referida autarquia, bem como também dos catadores_x000D_
 credenciados junto a Associação, na forma que indica.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/61/requerimento_37_-_46.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/61/requerimento_37_-_46.pdf</t>
   </si>
   <si>
     <t>REQUER do IMAMN, que envie a Prestação de Contas referente aos serviços da Coleta Seletiva, especificando os valores gastos com a Cooperativa e com a destinação dos resíduos coletados, na forma que indica.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>RAQUEL GIRÃO</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/62/requerimento_37_-_46.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/62/requerimento_37_-_46.pdf</t>
   </si>
   <si>
     <t>REQUER da AMT de M. Nova-Ce., a elaboração de estudo técnico para posterior implantação de redutores de velocidade no Sítio Caraúnas (Dourado), na Rua José de Fontes (em frente a Escola Educ. Bás. Perboyre Girão) Bairro Pe. Assis Monteiro e na via de acesso principal a Sede do Distrito de Roldão, na forma que indica.</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/14/requerimento_047_-_048.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/14/requerimento_047_-_048.pdf</t>
   </si>
   <si>
     <t>REQUER da SAS de M. Nova-Ce., informações sobre quais medidas estão sendo tomadas para assistir os morada-novenses mais necessitados durante a pandemia do Covid-19, na forma que indica.</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/13/requerimento_047_-_048.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/13/requerimento_047_-_048.pdf</t>
   </si>
   <si>
     <t>REQUER da SEDUC de M. Nova-Ce., informações de como se dará a distribuição dos alimentos da merenda escolar às famílias dos estudantes da rede pública municipal de educação básica devido à pandemia do coronavírus, na forma que indica.</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/11/requerimento_049.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/11/requerimento_049.pdf</t>
   </si>
   <si>
     <t>REQUER da Vigilância Sanitária de M. Nova-Ce., informações sobre quais medidas serão adotadas para frear o avanço de casos de dengue no Distrito_x000D_
 de Aruaru, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>EVERARDO MAIA</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/12/requerimento_050.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/12/requerimento_050.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a recuperação das estradas ao longo do Distrito de Juazeiro, neste Município, na forma que indica.</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/7/requerimento_051_-_056.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/7/requerimento_051_-_056.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a colocação de 10 (dez) luminárias nas Comunidades de Novilho e Barbada, localizadas no Distrito de Aruaru, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>JORGE BRITO</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/8/requerimento_051_-_056.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/8/requerimento_051_-_056.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a reposição de luminárias na Rua Guilherme Cavalcante, localizada no Bairro Vazantes, neste Município, na forma que indica.</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/9/requerimento_051_-_056.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/9/requerimento_051_-_056.pdf</t>
   </si>
   <si>
     <t>REQUER do Exmo. Sr. Prefeito de M. Nova-Ce., que determine a Secretaria competente para que, coloque 10 (dez) luminárias nas Comunidades de Novilho e Barbada, localizadas no Distrito de Aruaru, neste Município, na forma que indica.</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/10/requerimento_051_-_056.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/10/requerimento_051_-_056.pdf</t>
   </si>
   <si>
     <t>REQUER da SEAGRI, envio de planilha especificando os investimentos que foram feitos pela referida Secretaria junto aos Agricultores deste Município_x000D_
 no período de janeiro/2020 até a presente data, na forma que indica.</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/4/requerimento_057_-_059.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/4/requerimento_057_-_059.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a colocação de luminárias no Sítio Conceição e Assentamentos Aroeira I e II e a reposição de lâmpadas na Comunidade de_x000D_
 Lagoa do Tapuio, neste Município, na forma que indica.</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/5/requerimento_057_-_059.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/5/requerimento_057_-_059.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a limpeza do meio fio e a desobstrução da rede de esgoto na Rua Mancio Rodrigues, no trecho compreendido entre a Av._x000D_
 Francisco Evangelista e a Rua Duque Rabelo, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>HILMAR SÉRGIO</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/6/requerimento_057_-_059.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/6/requerimento_057_-_059.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a conclusão da pavimentação com paralelepípedos da Rua São Pedro, localizada no Bairro Girilandia, neste Município, na forma que indica.</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/1/requerimentos_060_-_063.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/1/requerimentos_060_-_063.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA de M. Nova-Ce., a realização de serviços para desobstrução da rede de esgoto localizada na Rua Raul Nogueira – proximidades do Restaurante Maria do Rui), neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>DR. NARCELIO</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/2/requerimentos_060_-_063.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/2/requerimentos_060_-_063.pdf</t>
   </si>
   <si>
     <t>REQUER da SESA-MN, o envio de testes para detectar o Coronavírus em todos os funcionários da Fundação São Lucas – Santa Casa de Morada Nova, na forma que indica.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/3/requerimentos_060_-_063.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/3/requerimentos_060_-_063.pdf</t>
   </si>
   <si>
     <t>REQUER da SESA-MN, aumento no número de profissionais nas ruas para que seja intensificado o trabalho de organização de filas, principalmente junto as instituições bancárias localizadas na Sede de nosso Município, na forma que indica.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/15/requerimento_73-74.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/15/requerimento_73-74.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA de M. Nova Ce., a realização de serviços para recuperar as passagens molhadas localizadas nas Comunidades de Trincheira e Santa Marta no Distrito de Roldão, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/16/requerimento_73-74.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/16/requerimento_73-74.pdf</t>
   </si>
   <si>
     <t>REQUER do Diretor Geral do Hospital Regional Francisco Galvão de Oliveira, atendimento às solicitações abaixo relacionadas, na forma que indica.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>DEDÉ DO GILDO</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/63/requerimento_75-76.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/63/requerimento_75-76.pdf</t>
   </si>
   <si>
     <t>REQUER do Exmo. Sr. Prefeito de M. Nova-Ce., atendimento as reivindicações abaixo relacionadas, na forma que indica.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/64/requerimento_75-76.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/64/requerimento_75-76.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a retirada de entulho e a colocação de material para tapar buracos na Rua Joaquim Chagas Filho, no trecho localizado_x000D_
 entre as Ruas Duque Rabelo e Ma. De Lourdes Terceiro Chagas – Bairro 02 de Agosto – Sede Urbana deste Município, na forma que indica.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/65/requerimento_077_-_079.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/65/requerimento_077_-_079.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA de M. NovaCe., a limpeza com a retirada de mato existente na Rua Diomedes Brilhante, altura do nº 462, no Bairro 02 de Agosto, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/66/requerimento_077_-_079.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/66/requerimento_077_-_079.pdf</t>
   </si>
   <si>
     <t>REQUER da AMT de M. Nova-Ce., a colocação de redutores de velocidade (tachões) no cruzamento das Ruas Raul Nogueira com Antônio Bezerra, no_x000D_
 Bairro 02 de Agosto, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/67/requerimento_077_-_079.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/67/requerimento_077_-_079.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA de M. NovaCe., a realização de serviços de patrolamento na Rua João Sebastião – Bairro São José, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/68/requerimento_88.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/68/requerimento_88.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a limpeza completa da Rua Raimundo Belmino localizada no Bairro Pe. Assis Monteiro – Sede Urbana deste Município, na forma que indica.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/69/requerimento_089.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/69/requerimento_089.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA de M. NovaCe., a limpeza completa de um terreno baldio localizado na Rua de Fátima – em frente a Padaria do Popolha, na forma que indica.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/70/requerimento_090.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/70/requerimento_090.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA de M. Nova CE., a limpeza completa e a pavimentação com paralelepípedos da Rua Santa Clara, localizada no Bairro Divino Espírito Santo (PROURB), Sede Urbana deste Município, na forma que indica.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/71/requerimento_091.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/71/requerimento_091.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a recuperação da estrada principal de acesso a Sede do Distrito de Uiraponga neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/72/requerimento_092.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/72/requerimento_092.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a recuperação da estradas abaixo relacionadas, na forma que indica.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>TEIM</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/73/requerimento_093.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/73/requerimento_093.pdf</t>
   </si>
   <si>
     <t>REQUER envio de votos de aplauso, elogio ou semelhante ao Prof./escritor Dr. MARCO PRAXEDES DE MORAES FILHO, na forma que indica.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/74/requerimento_102.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/74/requerimento_102.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a realização de serviços de patrolamento nas Ruas Juscelino Kubitschek, Luis Francinélio e Hélio Maia, localizadas na Sede_x000D_
 Urbana deste Município, na forma que indica.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/75/requerimento_103.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/75/requerimento_103.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA, o cronograma para as obras de terraplenagem que serão realizadas com vistas a recuperar as estradas vicinais que fazem parte do Distrito de Roldão, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/76/requerimento_104.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/76/requerimento_104.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA, o fechamento de parte da Av. Manuel Castro Gomes de Andrade (Biléu), com adoção de todas as medidas de segurança possíveis, para destinar o espaço à prática de exercícios físicos pelos cidadãos, no horário compreendido entre as 18 e 21 horas, DIARIAMENTE, na forma que indica.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>RAFAEL RABELO</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/77/requerimento_105.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/77/requerimento_105.pdf</t>
   </si>
   <si>
     <t>REQUER da AMT-MN, o fechamento de parte da Av. Manuel Castro Gomes de Andrade (Biléu), com adoção de todas as medidas de segurança possíveis, para destinar o espaço à prática de exercícios físicos pelos cidadãos, no horário compreendido entre as 18 e 21 horas, DIARIAMENTE, na forma que indica.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/78/requerimento_106.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/78/requerimento_106.pdf</t>
   </si>
   <si>
     <t>REQUER da SESA, a realização de convênio com Cartórios de Registro Civil para que os Registros de Nascimentos possam ser feitos na própria Unidade_x000D_
 Hospitalar onde se deu o Nascimento da criança, na forma que indica.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/79/requerimento_107.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/79/requerimento_107.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA, a pavimentação com paralelepípedos da Rua Vereador Carlos Edgar Chagas – Bairro: Nossa Senhora da Conceição, Sede Urbana_x000D_
 deste Município, na forma que indica.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/80/requerimento_108.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/80/requerimento_108.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a implantação de 03 (três) redutores de velocidade (quebra-molas) na sede da Comunidade de Lagoa do Tapúio – Distrito de Juazeiro, na forma que indica.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/81/requerimento_109.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/81/requerimento_109.pdf</t>
   </si>
   <si>
     <t>REQUER da AMT-MN, estudo para implantação de 03 (três) redutores de velocidade (quebra-molas) na sede da Comunidade de Lagoa do Tapúio –_x000D_
 Distrito de Juazeiro, na forma que indica.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/82/requerimento_110.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/82/requerimento_110.pdf</t>
   </si>
   <si>
     <t>REQUER do Conselho Municipal do FUNDEB, informações sobre como e onde está sendo aplicado os recursos referente aos 60% e 40%, oriundos_x000D_
 do Ministério da Educação, na forma que indica.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/83/requerimento_111.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/83/requerimento_111.pdf</t>
   </si>
   <si>
     <t>REQUER do Gerente da Agência do Banco do Nordeste do Brasil – Limoeiro do Norte – Ce., que encaminhe a esta Casa Legislativa informações abaixo, na forma que indica.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/84/requerimento_112.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/84/requerimento_112.pdf</t>
   </si>
   <si>
     <t>REQUER da AMT-MN, estudo para implantação de redutores de velocidade (quebra-molas) ao longo de toda extensão da Rua Dr. Viana, localizada na sede urbana deste Município, na forma que indica.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/85/requerimento_113.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/85/requerimento_113.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a limpeza e recuperação de esgoto localizado na Rua José Moreira – Bairro Açude Velho – Sede Urbana de nosso Município, na forma que indica.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a limpeza completa da Rua Pe. Ferreira Alves localizado – Bairro Açude Velho – Sede Urbana de nosso Município, na forma que indica.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/87/requerimento_115.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/87/requerimento_115.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a limpeza completa das Ruas da Sede do Distrito de Juazeiro assim como também do Posto de Saúde ali localizado, na forma que indica.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/88/requerimento_116.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/88/requerimento_116.pdf</t>
   </si>
   <si>
     <t>REQUER do Exmo. Sr. Prefeito de M. Nova-Ce., que determine aos responsáveis que tomem as devidas providências no sentido de cumprir a Lei nº 1.959/2020, na forma que indica.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/89/requerimento_117.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/89/requerimento_117.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a recuperação das estradas vicinais que fazem parte do Distrito de Uiraponga, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/90/requerimento_118.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/90/requerimento_118.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a realização de serviços de limpeza da via pública e desobstrução dos esgotos das Ruas JOSÉ PRAXEDES e JOÃO MIGUEL DE MARIA – ambas localizadas no Bairro Nossa Senhora da Conceição – Sede Urbana deste Município, na forma que indica.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/91/requerimento_119.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/91/requerimento_119.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a colocação de 03 (três) luminárias na Sede do Distrito de Pedras, neste Município, nos locais abaixo especificados, na forma que indica.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/92/requerimento_120.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/92/requerimento_120.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a recuperação com piçarra da estrada que interliga as comunidades de Poço da Pedra e Poço da Serra – Distrito de Roldão, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/93/requerimento_121.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/93/requerimento_121.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, o mapeamento de todas as Ruas da Sede Urbana e Sede de cada Distrito de nosso município que não possuem iluminação pública, na forma que indica.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/94/requerimento_122.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/94/requerimento_122.pdf</t>
   </si>
   <si>
     <t>REQUER do Exmo. Sr. Prefeito de M. Nova-Ce., que determine à Secretaria competente para que realize o mapeamento de todas as Ruas da Sede Urbana e Sede de cada Distrito de nosso município que não possuem iluminação pública, na forma que indica.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/95/requerimento_123.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/95/requerimento_123.pdf</t>
   </si>
   <si>
     <t>REQUER da AMT-MN, o bloqueio de parte da Rua Joaquim Chagas Filho (trecho em frente a agência do Banco do Brasil) entre as Ruas Cel. José Ambrósio e Luis Saturnino Matos, Sede Urbana desse Município, na forma que indica.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>REQUER da PROVALE-MN, a colocação de 03 (três) luminárias na Sede do Distrito de Pedras, neste Município, nos locais abaixo especificados, na forma que indica.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/97/requerimento_125.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/97/requerimento_125.pdf</t>
   </si>
   <si>
     <t>REQUER da PROVALE-MN, a colocação de 10 (dez) luminárias nas Comunidades de Barbada e Novilho, ambas localizadas no Distrito de Aruaru, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/98/requerimento_126.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/98/requerimento_126.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a colocação de 10 (dez) luminárias nas Comunidades de Barbada e Novilho, ambas localizadas no Distrito de Aruaru, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/99/requerimento_127.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/99/requerimento_127.pdf</t>
   </si>
   <si>
     <t>REQUER do SAAE-MN, a regularização do abastecimento de água na Comunidade de Lagoa Nova – Distrito de Lagoa Grande, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/100/requerimento_128.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/100/requerimento_128.pdf</t>
   </si>
   <si>
     <t>REQUER do SAAE-MN, a melhoria na qualidade da água distribuída na Comunidade de Trincheiras – Distrito de Roldão, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a colocação de 02 (dois) redutores de velocidade na Vila dos Avelinos – Distrito de Juazeiro, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/102/requerimento_130.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/102/requerimento_130.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a colocação de placas de identificação das obras que estão sendo realizadas nas Ruas Duque Rabelo e Joaquim Chagas_x000D_
 Filho, localizadas na Sede Urbana deste Município, bem como a cópias dos seus respectivos processos licitatórios, na forma que indica.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/103/requerimento_131.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/103/requerimento_131.pdf</t>
   </si>
   <si>
     <t>REQUER da AMT-MN, a colocação de placas de sinalização para indicação de redutores de velocidade localizados no Sítio Cumbe e na Vila dos Avelinos – Distrito de Juazeiro, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/104/requerimento_132.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/104/requerimento_132.pdf</t>
   </si>
   <si>
     <t>REQUER do CONSELHO DO FUNDEB DE MORADA NOVA, cópia de todas as atas das reuniões ocorridas de janeiro/2020 até a presente data, acompanhadas com planilhas contendo o detalhamento de entradas e saídas dos recursos oriundos do FUNDEB, na forma que indica.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/105/requerimento_133.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/105/requerimento_133.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a colocação de 34 (trinta e quatro) luminárias nos Assentamentos Aroeira I e II, ambos localizados no Distrito de Juazeiro,_x000D_
 neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/106/requerimento_134.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/106/requerimento_134.pdf</t>
   </si>
   <si>
     <t>REQUER da PROVALE-MN, a colocação de 34 (trinta e quatro) luminárias nos Assentamentos Aroeira I e II, ambos localizados no Distrito de Juazeiro, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/107/requerimento_135.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/107/requerimento_135.pdf</t>
   </si>
   <si>
     <t>REQUER do Exmo. Sr. Prefeito Municipal de Morada Nova(CE), determinação para que sejam colocadas 34 (trinta e quatro) luminárias nos Assentamentos_x000D_
 Aroeira I e II, ambos localizados no Distrito de Juazeiro, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/108/req_136.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/108/req_136.pdf</t>
   </si>
   <si>
     <t>REQUER da PROVALE-MN, a colocação de 10 (dez) luminárias na Comunidade de Lagoa da Barbada - Distrito de Lagoa Grande, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/109/req_137.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/109/req_137.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a limpeza do campo de futebol localizado na Sede do Distrito de Uiraponga, neste Município, na forma que indica.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/110/req_138.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/110/req_138.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a limpeza completa da Rua de Fátima, com a desobstrução da rede de esgoto, a remoção de entulhos e a retirada de mato e garranchos, na forma que indica.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/111/req_139.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/111/req_139.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a retirada de mato e garranchos da Rua Paulo Tomé Nobre, localizada no Alto Tiradentes, Sede Urbana deste Município, na forma que indica.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/112/req_140.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/112/req_140.pdf</t>
   </si>
   <si>
     <t>REQUER da SEINFRA-MN, a recuperação da caixa de esgoto localizada no cruzamento das Ruas Diomedes Brilhante e Raimundo Freire de Brito – Bairro 02 de Agosto, Sede Urbana deste Município, na forma que indica.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/113/req_141.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/113/req_141.pdf</t>
   </si>
   <si>
     <t>REQUER da SEAGRI, o conserto do dessalinizador para atender as Comunidades de Melões e Frade, localizadas na Sede Rural de nosso município, na forma que indica.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/114/req_142.pdf</t>
+    <t>http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/114/req_142.pdf</t>
   </si>
   <si>
     <t>REQUER do Exmo. Sr. Prefeito Municipal de Morada Nova(CE), determinação para que a Secretaria competente realize o conserto do dessalinizador que atende as Comunidades de Melões e Frade, localizadas na Sede Rural de nosso município, na forma que indica.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1554,68 +1554,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/19/requerimento_03_-_04.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/20/requerimento_03_-_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/21/requerimento_05_-15.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/22/requerimento_05_-15.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/23/requerimento_05_-15.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/24/requerimento_05_-15.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/25/requerimento_05_-15.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/26/requerimento_05_-15.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/27/requerimento_05_-15.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/28/requerimento_05_-15.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/29/requerimento_05_-15.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/30/requerimento_05_-15.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/31/requerimento_05_-15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/32/requerimento_16_-_23.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/33/requerimento_16_-_23.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/34/requerimento_16_-_23.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/35/requerimento_16_-_23.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/36/requerimento_16_-_23.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/37/requerimento_16_-_23.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/38/requerimento_16_-_23.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/39/requerimento_16_-_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/40/requerimento_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/52/requerimento_25_-_35.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/51/requerimento_25_-_35.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/50/requerimento_25_-_35.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/49/requerimento_25_-_35.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/48/requerimento_25_-_35.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/47/requerimento_25_-_35.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/46/requerimento_25_-_35.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/45/requerimento_25_-_35.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/44/requerimento_25_-_35.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/43/requerimento_25_-_35.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/42/requerimento_25_-_35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/41/requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/53/requerimento_37_-_46.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/54/requerimento_37_-_46.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/55/requerimento_37_-_46.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/56/requerimento_37_-_46.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/57/requerimento_37_-_46.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/58/requerimento_37_-_46.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/59/requerimento_37_-_46.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/60/requerimento_37_-_46.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/61/requerimento_37_-_46.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/62/requerimento_37_-_46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/14/requerimento_047_-_048.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/13/requerimento_047_-_048.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/11/requerimento_049.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/12/requerimento_050.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/7/requerimento_051_-_056.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/8/requerimento_051_-_056.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/9/requerimento_051_-_056.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/10/requerimento_051_-_056.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/4/requerimento_057_-_059.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/5/requerimento_057_-_059.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/6/requerimento_057_-_059.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/1/requerimentos_060_-_063.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/2/requerimentos_060_-_063.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/3/requerimentos_060_-_063.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/15/requerimento_73-74.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/16/requerimento_73-74.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/63/requerimento_75-76.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/64/requerimento_75-76.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/65/requerimento_077_-_079.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/66/requerimento_077_-_079.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/67/requerimento_077_-_079.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/68/requerimento_88.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/69/requerimento_089.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/70/requerimento_090.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/71/requerimento_091.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/72/requerimento_092.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/73/requerimento_093.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/74/requerimento_102.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/75/requerimento_103.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/76/requerimento_104.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/77/requerimento_105.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/78/requerimento_106.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/79/requerimento_107.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/80/requerimento_108.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/81/requerimento_109.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/82/requerimento_110.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/83/requerimento_111.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/84/requerimento_112.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/85/requerimento_113.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/87/requerimento_115.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/88/requerimento_116.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/89/requerimento_117.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/90/requerimento_118.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/91/requerimento_119.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/92/requerimento_120.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/93/requerimento_121.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/94/requerimento_122.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/95/requerimento_123.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/97/requerimento_125.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/98/requerimento_126.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/99/requerimento_127.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/100/requerimento_128.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/102/requerimento_130.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/103/requerimento_131.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/104/requerimento_132.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/105/requerimento_133.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/106/requerimento_134.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/107/requerimento_135.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/108/req_136.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/109/req_137.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/110/req_138.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/111/req_139.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/112/req_140.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/113/req_141.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/114/req_142.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/19/requerimento_03_-_04.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/20/requerimento_03_-_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/21/requerimento_05_-15.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/22/requerimento_05_-15.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/23/requerimento_05_-15.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/24/requerimento_05_-15.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/25/requerimento_05_-15.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/26/requerimento_05_-15.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/27/requerimento_05_-15.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/28/requerimento_05_-15.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/29/requerimento_05_-15.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/30/requerimento_05_-15.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/31/requerimento_05_-15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/32/requerimento_16_-_23.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/33/requerimento_16_-_23.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/34/requerimento_16_-_23.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/35/requerimento_16_-_23.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/36/requerimento_16_-_23.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/37/requerimento_16_-_23.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/38/requerimento_16_-_23.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/39/requerimento_16_-_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/40/requerimento_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/52/requerimento_25_-_35.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/51/requerimento_25_-_35.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/50/requerimento_25_-_35.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/49/requerimento_25_-_35.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/48/requerimento_25_-_35.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/47/requerimento_25_-_35.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/46/requerimento_25_-_35.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/45/requerimento_25_-_35.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/44/requerimento_25_-_35.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/43/requerimento_25_-_35.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/42/requerimento_25_-_35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/41/requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/53/requerimento_37_-_46.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/54/requerimento_37_-_46.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/55/requerimento_37_-_46.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/56/requerimento_37_-_46.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/57/requerimento_37_-_46.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/58/requerimento_37_-_46.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/59/requerimento_37_-_46.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/60/requerimento_37_-_46.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/61/requerimento_37_-_46.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/62/requerimento_37_-_46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/14/requerimento_047_-_048.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/13/requerimento_047_-_048.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/11/requerimento_049.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/12/requerimento_050.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/7/requerimento_051_-_056.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/8/requerimento_051_-_056.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/9/requerimento_051_-_056.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/10/requerimento_051_-_056.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/4/requerimento_057_-_059.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/5/requerimento_057_-_059.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/6/requerimento_057_-_059.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/1/requerimentos_060_-_063.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/2/requerimentos_060_-_063.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/3/requerimentos_060_-_063.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/15/requerimento_73-74.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/16/requerimento_73-74.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/63/requerimento_75-76.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/64/requerimento_75-76.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/65/requerimento_077_-_079.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/66/requerimento_077_-_079.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/67/requerimento_077_-_079.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/68/requerimento_88.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/69/requerimento_089.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/70/requerimento_090.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/71/requerimento_091.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/72/requerimento_092.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/73/requerimento_093.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/74/requerimento_102.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/75/requerimento_103.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/76/requerimento_104.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/77/requerimento_105.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/78/requerimento_106.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/79/requerimento_107.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/80/requerimento_108.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/81/requerimento_109.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/82/requerimento_110.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/83/requerimento_111.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/84/requerimento_112.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/85/requerimento_113.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/87/requerimento_115.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/88/requerimento_116.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/89/requerimento_117.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/90/requerimento_118.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/91/requerimento_119.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/92/requerimento_120.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/93/requerimento_121.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/94/requerimento_122.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/95/requerimento_123.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/97/requerimento_125.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/98/requerimento_126.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/99/requerimento_127.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/100/requerimento_128.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/102/requerimento_130.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/103/requerimento_131.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/104/requerimento_132.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/105/requerimento_133.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/106/requerimento_134.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/107/requerimento_135.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/108/req_136.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/109/req_137.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/110/req_138.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/111/req_139.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/112/req_140.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/113/req_141.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.moradanova.ce.leg.br/media/sapl/public/materialegislativa/2020/114/req_142.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H115"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="99.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="98.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>